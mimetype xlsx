--- v0 (2025-12-10)
+++ v1 (2025-12-13)
@@ -25,169 +25,154 @@
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\alfredo.conti\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr documentId="13_ncr:1_{831DE0C3-A540-4089-94F6-74596ACBCA2B}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47"/>
   <bookViews>
     <workbookView windowHeight="11500" windowWidth="19420" xWindow="-110" xr2:uid="{CF347E83-1EF0-4BB4-94D7-2A8199751B49}" yWindow="-110"/>
   </bookViews>
   <sheets>
     <sheet name="Elenco Avvisi aperti" r:id="rId1" sheetId="1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="62">
   <si>
     <t>ID Avviso</t>
   </si>
   <si>
     <t>Piano di Zona</t>
   </si>
   <si>
     <t>Servizi abitativi di Regione Lombardia</t>
   </si>
   <si>
     <t>Data e ora di apertura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Data e ora di chiusura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Avvisi aperti al</t>
   </si>
   <si>
     <t>Comune capofila</t>
   </si>
   <si>
     <t>Comuni del Piano di Zona</t>
   </si>
   <si>
     <t>Anno Regolamento</t>
   </si>
   <si>
-    <t>10/12/2025 21:30:03</t>
-[...2 lines deleted...]
-    <t>12382</t>
+    <t>13/12/2025 11:30:02</t>
+  </si>
+  <si>
+    <t>12544</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>ALTO SEBINO</t>
+  </si>
+  <si>
+    <t>COMUNE DI LOVERE</t>
+  </si>
+  <si>
+    <t>BOSSICO, CASTRO, COSTA VOLPINO, FONTENO, LOVERE, PIANICO, RIVA DI SOLTO, ROGNO, SOLTO COLLINA, SOVERE</t>
+  </si>
+  <si>
+    <t>19/11/2025 12:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 12:00</t>
+  </si>
+  <si>
+    <t>12542</t>
+  </si>
+  <si>
+    <t>BUSTO ARSIZIO</t>
+  </si>
+  <si>
+    <t>COMUNE DI BUSTO ARSIZIO</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00</t>
+  </si>
+  <si>
+    <t>20/12/2025 23:59</t>
+  </si>
+  <si>
+    <t>12462</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>ALBINO (VALLE SERIANA)</t>
-[...5 lines deleted...]
-    <t>ALBINO, ALZANO LOMBARDO, AVIATICO, CASNIGO, CAZZANO SANT'ANDREA, CENE, COLZATE, FIORANO AL SERIO, GANDINO, GAZZANIGA, LEFFE, NEMBRO, PEIA, PRADALUNGA, RANICA, SELVINO, VERTOVA, VILLA DI SERIO</t>
+    <t>CHIAVENNA</t>
+  </si>
+  <si>
+    <t>COMUNE DI CHIAVENNA</t>
+  </si>
+  <si>
+    <t>CAMPODOLCINO, CHIAVENNA, GORDONA, MADESIMO, MESE, NOVATE MEZZOLA, PIURO, PRATA CAMPORTACCIO, SAMOLACO, SAN GIACOMO FILIPPO, VERCEIA, VILLA DI CHIAVENNA</t>
+  </si>
+  <si>
+    <t>05/11/2025 10:00</t>
+  </si>
+  <si>
+    <t>16/12/2025 12:00</t>
+  </si>
+  <si>
+    <t>12301</t>
+  </si>
+  <si>
+    <t>CREMA</t>
+  </si>
+  <si>
+    <t>COMUNE DI CREMA</t>
+  </si>
+  <si>
+    <t>AGNADELLO, BAGNOLO CREMASCO, CAMISANO, CAMPAGNOLA CREMASCA, CAPERGNANICA, CAPRALBA, CASALE CREMASCO-VIDOLASCO, CASALETTO CEREDANO, CASALETTO DI SOPRA, CASALETTO VAPRIO, CASTEL GABBIANO, CASTELLEONE, CHIEVE, CREDERA RUBBIANO, CREMA, CREMOSANO, CUMIGNANO SUL NAVIGLIO, DOVERA, FIESCO, GENIVOLTA, GOMBITO, IZANO, MADIGNANO, MONTE CREMASCO, MONTODINE, MOSCAZZANO, OFFANENGO, PALAZZO PIGNANO, PANDINO, PIANENGO, PIERANICA, QUINTANO, RICENGO, RIPALTA ARPINA, RIPALTA CREMASCA, RIPALTA GUERINA, RIVOLTA D'ADDA, ROMANENGO, SALVIROLA, SERGNANO, SONCINO, SPINO D'ADDA, TICENGO, TORLINO VIMERCATI, TRESCORE CREMASCO, TRIGOLO, VAIANO CREMASCO, VAILATE</t>
   </si>
   <si>
     <t>11/11/2025 09:00</t>
   </si>
   <si>
-    <t>11/12/2025 18:00</t>
-[...67 lines deleted...]
-  <si>
     <t>12502</t>
   </si>
   <si>
     <t>GALLARATE</t>
   </si>
   <si>
     <t>COMUNE DI GALLARATE</t>
   </si>
   <si>
     <t>ALBIZZATE, CAIRATE, CASSANO MAGNAGO, CAVARIA CON PREMEZZO, GALLARATE, JERAGO CON ORAGO, OGGIONA CON SANTO STEFANO, SAMARATE, SOLBIATE ARNO</t>
   </si>
   <si>
     <t>21/11/2025 11:00</t>
   </si>
   <si>
     <t>22/12/2025 16:00</t>
   </si>
   <si>
     <t>12402</t>
   </si>
   <si>
     <t>ISOLA BERGAMASCA</t>
   </si>
   <si>
     <t>COMUNE DI PONTE SAN PIETRO</t>
@@ -226,68 +211,50 @@
     <t>MORBEGNO</t>
   </si>
   <si>
     <t>COMUNE DI MORBEGNO</t>
   </si>
   <si>
     <t>ALBAREDO PER SAN MARCO, ANDALO VALTELLINO, ARDENNO, BEMA, BUGLIO IN MONTE, CERCINO, CINO, CIVO, COSIO VALTELLINO, DAZIO, DELEBIO, DUBINO, FORCOLA, GEROLA ALTA, MANTELLO, MELLO, MORBEGNO, PEDESINA, PIANTEDO, RASURA, ROGOLO, TALAMONA, TARTANO, TRAONA, VAL MASINO</t>
   </si>
   <si>
     <t>19/11/2025 14:00</t>
   </si>
   <si>
     <t>19/12/2025 15:00</t>
   </si>
   <si>
     <t>12522</t>
   </si>
   <si>
     <t>OLGIATE COMASCO</t>
   </si>
   <si>
     <t>COMUNE DI OLGIATE COMASCO</t>
   </si>
   <si>
     <t>ALBIOLO, APPIANO GENTILE, BEREGAZZO CON FIGLIARO, BINAGO, BIZZARONE, BULGAROGRASSO, CASTELNUOVO BOZZENTE, COLVERDE, FALOPPIO, GUANZATE, LURATE CACCIVIO, OLGIATE COMASCO, OLTRONA DI SAN MAMETTE, RODERO, RONAGO, SOLBIATE CON CAGNO, UGGIATE CON RONAGO, UGGIATE TREVANO, VALMOREA, VENIANO, VILLA GUARDIA</t>
-  </si>
-[...16 lines deleted...]
-    <t>12/12/2025 12:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -650,51 +617,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" name="Office 2013 - 2022 Theme" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDCE19F2-8C38-4780-9EEF-A322195DDC2A}">
-  <dimension ref="A1:L16"/>
+  <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" customWidth="true" width="20.54296875" collapsed="false"/>
     <col min="3" max="4" customWidth="true" width="25.6328125" collapsed="false"/>
     <col min="5" max="5" customWidth="true" width="26.6328125" collapsed="false"/>
     <col min="6" max="6" customWidth="true" width="47.90625" collapsed="false"/>
     <col min="7" max="7" customWidth="true" width="46.453125" collapsed="false"/>
   </cols>
   <sheetData>
     <row ht="18.5" r="1" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
@@ -762,273 +729,227 @@
       </c>
       <c r="B6" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C6" t="s" s="7">
         <v>12</v>
       </c>
       <c r="D6" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E6" t="s" s="7">
         <v>14</v>
       </c>
       <c r="F6" t="s" s="7">
         <v>15</v>
       </c>
       <c r="G6" t="s" s="7">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="7">
         <v>17</v>
       </c>
       <c r="B7" t="s" s="7">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="C7" t="s" s="7">
+      <c r="D7" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="D7" t="s" s="7">
+      <c r="E7" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s" s="7">
         <v>20</v>
       </c>
-      <c r="E7" t="s" s="7">
+      <c r="G7" t="s" s="7">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s" s="7">
         <v>24</v>
       </c>
-      <c r="B8" t="s" s="7">
-[...2 lines deleted...]
-      <c r="C8" t="s" s="7">
+      <c r="D8" t="s" s="7">
         <v>25</v>
       </c>
-      <c r="D8" t="s" s="7">
+      <c r="E8" t="s" s="7">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F8" t="s" s="7">
         <v>27</v>
       </c>
       <c r="G8" t="s" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="7">
         <v>29</v>
       </c>
       <c r="B9" t="s" s="7">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s" s="7">
         <v>30</v>
       </c>
       <c r="D9" t="s" s="7">
         <v>31</v>
       </c>
       <c r="E9" t="s" s="7">
         <v>32</v>
       </c>
       <c r="F9" t="s" s="7">
         <v>33</v>
       </c>
       <c r="G9" t="s" s="7">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="7">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C10" t="s" s="7">
+        <v>35</v>
+      </c>
+      <c r="D10" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="D10" t="s" s="7">
+      <c r="E10" t="s" s="7">
         <v>37</v>
       </c>
-      <c r="E10" t="s" s="7">
+      <c r="F10" t="s" s="7">
         <v>38</v>
       </c>
-      <c r="F10" t="s" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G10" t="s" s="7">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="7">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C11" t="s" s="7">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s" s="7">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11" t="s" s="7">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F11" t="s" s="7">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s" s="7">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="7">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C12" t="s" s="7">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D12" t="s" s="7">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s" s="7">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F12" t="s" s="7">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G12" t="s" s="7">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B13" t="s" s="7">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s" s="7">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D13" t="s" s="7">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E13" t="s" s="7">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" t="s" s="7">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s" s="7">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="7">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s" s="7">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C14" t="s" s="7">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D14" t="s" s="7">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E14" t="s" s="7">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" t="s" s="7">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="G14" t="s" s="7">
-        <v>62</v>
-[...45 lines deleted...]
-        <v>72</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">