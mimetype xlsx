--- v1 (2025-12-13)
+++ v2 (2026-02-28)
@@ -25,236 +25,137 @@
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\alfredo.conti\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr documentId="13_ncr:1_{831DE0C3-A540-4089-94F6-74596ACBCA2B}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47"/>
   <bookViews>
     <workbookView windowHeight="11500" windowWidth="19420" xWindow="-110" xr2:uid="{CF347E83-1EF0-4BB4-94D7-2A8199751B49}" yWindow="-110"/>
   </bookViews>
   <sheets>
     <sheet name="Elenco Avvisi aperti" r:id="rId1" sheetId="1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="29">
   <si>
     <t>ID Avviso</t>
   </si>
   <si>
     <t>Piano di Zona</t>
   </si>
   <si>
     <t>Servizi abitativi di Regione Lombardia</t>
   </si>
   <si>
     <t>Data e ora di apertura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Data e ora di chiusura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Avvisi aperti al</t>
   </si>
   <si>
     <t>Comune capofila</t>
   </si>
   <si>
     <t>Comuni del Piano di Zona</t>
   </si>
   <si>
     <t>Anno Regolamento</t>
   </si>
   <si>
-    <t>13/12/2025 11:30:02</t>
-[...2 lines deleted...]
-    <t>12544</t>
+    <t>28/02/2026 23:30:01</t>
+  </si>
+  <si>
+    <t>12642</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>ALTO SEBINO</t>
-[...146 lines deleted...]
-    <t>ALBIOLO, APPIANO GENTILE, BEREGAZZO CON FIGLIARO, BINAGO, BIZZARONE, BULGAROGRASSO, CASTELNUOVO BOZZENTE, COLVERDE, FALOPPIO, GUANZATE, LURATE CACCIVIO, OLGIATE COMASCO, OLTRONA DI SAN MAMETTE, RODERO, RONAGO, SOLBIATE CON CAGNO, UGGIATE CON RONAGO, UGGIATE TREVANO, VALMOREA, VENIANO, VILLA GUARDIA</t>
+    <t>BRESCIA EST</t>
+  </si>
+  <si>
+    <t>COMUNE DI MAZZANO</t>
+  </si>
+  <si>
+    <t>AZZANO MELLA, BORGOSATOLLO, BOTTICINO, CAPRIANO DEL COLLE, CASTENEDOLO, FLERO, MAZZANO, MONTIRONE, NUVOLENTO, NUVOLERA, PONCARALE, REZZATO, SAN ZENO NAVIGLIO</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:00</t>
+  </si>
+  <si>
+    <t>08/04/2026 13:00</t>
+  </si>
+  <si>
+    <t>12643</t>
+  </si>
+  <si>
+    <t>CERNUSCO SUL NAVIGLIO</t>
+  </si>
+  <si>
+    <t>COMUNE DI GORGONZOLA</t>
+  </si>
+  <si>
+    <t>BELLINZAGO LOMBARDO, BUSSERO, CAMBIAGO, CARUGATE, CASSINA DE PECCHI, CERNUSCO SUL NAVIGLIO, GESSATE, GORGONZOLA, PESSANO CON BORNAGO</t>
+  </si>
+  <si>
+    <t>16/02/2026 12:00</t>
+  </si>
+  <si>
+    <t>23/03/2026 23:59</t>
+  </si>
+  <si>
+    <t>12682</t>
+  </si>
+  <si>
+    <t>MELZO</t>
+  </si>
+  <si>
+    <t>COMUNE DI MELZO</t>
+  </si>
+  <si>
+    <t>CASSANO D'ADDA, INZAGO, LISCATE, MELZO, POZZUOLO MARTESANA, SETTALA, TRUCCAZZANO, VIGNATE</t>
+  </si>
+  <si>
+    <t>11/02/2026 10:00</t>
+  </si>
+  <si>
+    <t>25/03/2026 23:59</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -617,51 +518,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" name="Office 2013 - 2022 Theme" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDCE19F2-8C38-4780-9EEF-A322195DDC2A}">
-  <dimension ref="A1:L14"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" customWidth="true" width="20.54296875" collapsed="false"/>
     <col min="3" max="4" customWidth="true" width="25.6328125" collapsed="false"/>
     <col min="5" max="5" customWidth="true" width="26.6328125" collapsed="false"/>
     <col min="6" max="6" customWidth="true" width="47.90625" collapsed="false"/>
     <col min="7" max="7" customWidth="true" width="46.453125" collapsed="false"/>
   </cols>
   <sheetData>
     <row ht="18.5" r="1" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
@@ -738,218 +639,80 @@
       </c>
       <c r="E6" t="s" s="7">
         <v>14</v>
       </c>
       <c r="F6" t="s" s="7">
         <v>15</v>
       </c>
       <c r="G6" t="s" s="7">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="7">
         <v>17</v>
       </c>
       <c r="B7" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C7" t="s" s="7">
         <v>18</v>
       </c>
       <c r="D7" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E7" t="s" s="7">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s" s="7">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C8" t="s" s="7">
         <v>24</v>
       </c>
       <c r="D8" t="s" s="7">
         <v>25</v>
       </c>
       <c r="E8" t="s" s="7">
         <v>26</v>
       </c>
       <c r="F8" t="s" s="7">
         <v>27</v>
       </c>
       <c r="G8" t="s" s="7">
         <v>28</v>
-      </c>
-[...136 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">